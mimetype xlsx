--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re93a09f41cb34a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f94f0199cf144149a388387bbec72e05.psmdcp" Id="Rdfc7337e0cf2422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc5b1c9ceb44031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06b2cddac01c451a926ec05034620e72.psmdcp" Id="R1f0d8b531c92402c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Active Members" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Party</x:t>
   </x:si>
   <x:si>
@@ -52,236 +52,242 @@
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>Residence</x:t>
   </x:si>
   <x:si>
     <x:t>City</x:t>
   </x:si>
   <x:si>
     <x:t>Zip</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
     <x:t>Committees</x:t>
   </x:si>
   <x:si>
     <x:t>Abden Simmons</x:t>
   </x:si>
   <x:si>
     <x:t>Republican</x:t>
   </x:si>
   <x:si>
+    <x:t>Lincoln</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abden.Simmons@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074464518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waldoboro</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
+    <x:t>Marine Resources</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abigail Griffin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Penobscot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abigail.Griffin@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074033671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Levant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health and Human Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adam Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Democrat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Androscoggin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adam.Lee@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073124057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auburn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Chair) Ethics|Government Oversight Committee|Judiciary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alicia Collins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kennebec</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alicia.Collins@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2077514736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sidney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Labor|Leaves of Absence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allison Hepler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sagadahoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allison.Hepler@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073194396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolwich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Chair) Marine Resources|Agriculture, Conservation and Forestry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amanda Collamore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waldo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amanda.Collamore@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2076797305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pittsfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Ranking) Ethics|(Ranking) Housing and Economic Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ambureen Rana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ambureen.Rana@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073505081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bangor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Appropriations and Financial Affairs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amy Arata</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cumberland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amy.Arata@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073331817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Gloucester</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amy Kuhn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amy.Kuhn@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2079396903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Falmouth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Chair) Judiciary|Ethics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amy Roeder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amy.Roeder@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073705517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Chair) Labor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ann Fredericks</x:t>
+  </x:si>
+  <x:si>
+    <x:t>York</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ann.Fredericks@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074014141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanford</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health and Human Services|Leaves of Absence|Veterans and Legal Affairs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ann Matlack</x:t>
+  </x:si>
+  <x:si>
     <x:t>Knox</x:t>
   </x:si>
   <x:si>
-    <x:t>Abden.Simmons@legislature.maine.gov</x:t>
-[...181 lines deleted...]
-  <x:si>
     <x:t>Ann.Matlack@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2076911474</x:t>
   </x:si>
   <x:si>
     <x:t>St. George</x:t>
   </x:si>
   <x:si>
     <x:t>Appropriations and Financial Affairs|Taxation</x:t>
   </x:si>
   <x:si>
     <x:t>Anne Graham</x:t>
   </x:si>
   <x:si>
     <x:t>Anne.Graham@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2073704414</x:t>
   </x:si>
   <x:si>
     <x:t>North Yarmouth</x:t>
   </x:si>
   <x:si>
     <x:t>Health and Human Services|Veterans and Legal Affairs</x:t>
@@ -328,434 +334,431 @@
   <x:si>
     <x:t>Calais</x:t>
   </x:si>
   <x:si>
     <x:t>Housing and Economic Development</x:t>
   </x:si>
   <x:si>
     <x:t>Barbara Bagshaw</x:t>
   </x:si>
   <x:si>
     <x:t>Barbara.Bagshaw@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2073100051</x:t>
   </x:si>
   <x:si>
     <x:t>Windham</x:t>
   </x:si>
   <x:si>
     <x:t>Education and Cultural Affairs</x:t>
   </x:si>
   <x:si>
     <x:t>Benjamin Hymes</x:t>
   </x:si>
   <x:si>
-    <x:t>Waldo</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Benjamin.Hymes@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2078083413</x:t>
   </x:si>
   <x:si>
     <x:t>Veterans and Legal Affairs</x:t>
   </x:si>
   <x:si>
     <x:t>Billy Bob Faulkingham</x:t>
   </x:si>
   <x:si>
+    <x:t>William.Faulkingham@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074606967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winter Harbor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Ranking) Joint Select Committee on Joint Rules</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caldwell Jackson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oxford</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caldwell.Jackson@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2072728543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agriculture, Conservation and Forestry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cassie Julia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cassie.Julia@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2076495110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waterville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Housing and Economic Development|Leaves of Absence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chad Perkins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piscataquis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chad.Perkins@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2072790927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dover-Foxcroft</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Ranking) Government Oversight Committee|Criminal Justice and Public Safety</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Skold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles.Skold@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073293838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Portland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Labor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheryl Golek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheryl.Golek@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2075359857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harpswell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Housing and Economic Development|Marine Resources</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christina Mitchell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christina.Mitchell@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2078296307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Kessler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher.Kessler@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2079560882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Portland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bills in the Second Reading|Energy, Utilities and Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D. Ray</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michael.Ray@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2079300371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lincolnville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transportation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dani O'Halloran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dani.OHalloran@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2077454499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brewer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Judiciary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Ankeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel.Ankeles@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2077563793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brunswick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Environment and Natural Resources|Transportation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Sayre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel.Sayre@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2076136776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kennebunk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Chair) Taxation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Shagoury</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel.Shagoury@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2072422169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hallowell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>David Boyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>David.Boyer@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2072744633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Ranking) Veterans and Legal Affairs|Elections</x:t>
+  </x:si>
+  <x:si>
+    <x:t>David Rollins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>David.Rollins@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074856050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Augusta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State and Local Government</x:t>
+  </x:si>
+  <x:si>
+    <x:t>David Sinclair</x:t>
+  </x:si>
+  <x:si>
+    <x:t>david.sinclair@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2078071610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bath</x:t>
+  </x:si>
+  <x:si>
+    <x:t>David Woodsome</x:t>
+  </x:si>
+  <x:si>
+    <x:t>David.Woodsome@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074325643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waterboro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Ranking) Leaves of Absence|Environment and Natural Resources|Inland Fisheries and Wildlife</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dean Cray</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Somerset</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dean.cray@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074788279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palmyra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agriculture, Conservation and Forestry|Bills in the Second Reading</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deqa Dhalac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deqa.Dhalac@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2076135390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Donald Ardell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aroostook</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Donald.Ardell@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2075211130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monticello</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Criminal Justice and Public Safety|Engrossed Bills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drew Gattine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrew.Gattine@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074093477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westbrook</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Chair) Appropriations and Financial Affairs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dylan Pugh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dylan.Pugh@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2072007791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eleanor Sato</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eleanor.Sato@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2079396041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gorham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elizabeth Caruso</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elizabeth.Caruso@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073999992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caratunk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Judiciary|Leaves of Absence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flavia DeBrito</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flavia.DeBrito@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2076607212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gary Drinkwater</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gary.Drinkwater@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073568198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Milford</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Ranking) Labor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gary Friedmann</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hancock</x:t>
   </x:si>
   <x:si>
-    <x:t>William.Faulkingham@legislature.maine.gov</x:t>
-[...364 lines deleted...]
-  <x:si>
     <x:t>Gary.Friedmann@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2074607362</x:t>
   </x:si>
   <x:si>
     <x:t>Bar Harbor</x:t>
   </x:si>
   <x:si>
     <x:t>Taxation</x:t>
   </x:si>
   <x:si>
     <x:t>Grayson Lookner</x:t>
   </x:si>
   <x:si>
     <x:t>Grayson.Lookner@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2072003860</x:t>
   </x:si>
   <x:si>
     <x:t>Criminal Justice and Public Safety|Housing and Economic Development</x:t>
   </x:si>
   <x:si>
     <x:t>Gregory Swallow</x:t>
@@ -778,53 +781,50 @@
   <x:si>
     <x:t>2076109281</x:t>
   </x:si>
   <x:si>
     <x:t>Deer Isle</x:t>
   </x:si>
   <x:si>
     <x:t>Marine Resources|Transportation</x:t>
   </x:si>
   <x:si>
     <x:t>Holly Sargent</x:t>
   </x:si>
   <x:si>
     <x:t>Holly.Sargent@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>6172301045</x:t>
   </x:si>
   <x:si>
     <x:t>Education and Cultural Affairs|Joint Select Committee on Joint Rules</x:t>
   </x:si>
   <x:si>
     <x:t>Holly Stover</x:t>
   </x:si>
   <x:si>
-    <x:t>Lincoln</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Holly.Stover@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2076335979</x:t>
   </x:si>
   <x:si>
     <x:t>Boothbay</x:t>
   </x:si>
   <x:si>
     <x:t>Appropriations and Financial Affairs|Ethics|Government Oversight Committee</x:t>
   </x:si>
   <x:si>
     <x:t>Irene Gifford</x:t>
   </x:si>
   <x:si>
     <x:t>Irene.Gifford@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2072905087</x:t>
   </x:si>
   <x:si>
     <x:t>Engrossed Bills|Marine Resources</x:t>
   </x:si>
   <x:si>
     <x:t>James Dill</x:t>
@@ -1114,77 +1114,74 @@
   <x:si>
     <x:t>Laurie.Osher@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2079446743</x:t>
   </x:si>
   <x:si>
     <x:t>Orono</x:t>
   </x:si>
   <x:si>
     <x:t>Lori Gramlich</x:t>
   </x:si>
   <x:si>
     <x:t>Lori.Gramlich@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2072871430</x:t>
   </x:si>
   <x:si>
     <x:t>Old Orchard Beach</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant Majority Leader</x:t>
   </x:si>
   <x:si>
-    <x:t>Engrossed Bills|State and Local Government|Taxation</x:t>
+    <x:t>Engrossed Bills|State and Local Government</x:t>
   </x:si>
   <x:si>
     <x:t>Lucas Lanigan</x:t>
   </x:si>
   <x:si>
     <x:t>Lucas.Lanigan@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2073515383</x:t>
   </x:si>
   <x:si>
     <x:t>Lucien Daigle</x:t>
   </x:si>
   <x:si>
     <x:t>Lucien.Daigle@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2076318082</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Kent</x:t>
   </x:si>
   <x:si>
-    <x:t>(Ranking) Health and Human Services</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lydia Crafts</x:t>
   </x:si>
   <x:si>
     <x:t>Lydia.Crafts@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2075932664</x:t>
   </x:si>
   <x:si>
     <x:t>Newcastle</x:t>
   </x:si>
   <x:si>
     <x:t>(Chair) Elections|(Chair) Transportation</x:t>
   </x:si>
   <x:si>
     <x:t>Lynn Copeland</x:t>
   </x:si>
   <x:si>
     <x:t>Lynn.Copeland@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2077126776</x:t>
   </x:si>
   <x:si>
     <x:t>Saco</x:t>
@@ -1354,444 +1351,453 @@
   <x:si>
     <x:t>Michael.Lance@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2075771022</x:t>
   </x:si>
   <x:si>
     <x:t>Paris</x:t>
   </x:si>
   <x:si>
     <x:t>Inland Fisheries and Wildlife</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Lemelin</x:t>
   </x:si>
   <x:si>
     <x:t>Michael.Lemelin@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2077989399</x:t>
   </x:si>
   <x:si>
     <x:t>Chelsea</x:t>
   </x:si>
   <x:si>
-    <x:t>(Ranking) Government Oversight Committee|Health and Human Services</x:t>
+    <x:t>(Ranking) Health and Human Services|Government Oversight Committee</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Soboleski</x:t>
   </x:si>
   <x:si>
+    <x:t>Michael.Soboleski@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074007233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Environment and Natural Resources|Labor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michel Lajoie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michel.Lajoie@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2077137119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Chair) Leaves of Absence|Criminal Justice and Public Safety</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michele Meyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michele.Meyer@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074389197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eliot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Chair) Health and Human Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michelle Boyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michelle.Boyer@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2072396318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cape Elizabeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morgan Rielly</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morgan.Rielly@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2072285767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Chair) Engrossed Bills|Environment and Natural Resources|Marine Resources</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nathan Carlow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nathan.Carlow@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2072419939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bills in the Second Reading|Education and Cultural Affairs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nathan Wadsworth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nathan.Wadsworth@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2078387451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hiram</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nina Milliken</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nina.Milliken@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074128828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Criminal Justice and Public Safety|Elections</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parnell Terry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parnell.Terry@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073181740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inland Fisheries and Wildlife|Veterans and Legal Affairs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paul Flynn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paul.Flynn@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073145525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peter Wood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peter.Wood@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2078903324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poppy Arford</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poppy.Arford@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2075221997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quentin Chapman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quentin.Chapman@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2077405595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rachel Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rachel.Henderson@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073814237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rumford</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rafael Macias</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rafael.Macias@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2078911084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Topsham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Randall Greenwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Randall.Greenwood@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2077546604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Ranking) State and Local Government</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Randall Hall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Randall.Hall@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2078608431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wilton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reagan Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reagan.Paul@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2079448033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winterport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elections|Energy, Utilities and Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Richard Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Richard.Campbell@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2077457748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orrington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Ranking) Environment and Natural Resources|(Ranking) Rules and Business of the House|Ethics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Richard Mason</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Richard.Mason@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2075771001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lisbon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Ranking) Bills in the Second Reading|(Ranking) Inland Fisheries and Wildlife|Transportation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robert Foley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robert.Foley@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2075902144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Ranking) Health Coverage, Insurance and Financial Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robert Nutting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robert.Nutting@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2076297035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oakland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(Ranking) Criminal Justice and Public Safety|Ethics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roger Albert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roger.Albert@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074369156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madawaska</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rolf Olsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rolf.Olsen@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2076321530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raymond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Russell White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Russell.White@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074606359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ellsworth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ryan Fecteau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ryan.fecteau@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2072871300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ex Officio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Joint Select Committee on Joint Rules|Rules and Business of the House</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sally Cluchey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sally.Cluchey@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2078148879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bowdoinham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health Coverage, Insurance and Financial Services|Inland Fisheries and Wildlife</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samuel Zager</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sam.Zager@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2074006846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scott Harriman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scott.Harriman@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2076136785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sean Faircloth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sean.Faircloth@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2073079868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sharon Frost</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unenrolled</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sharon.Frost@legislature.maine.gov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2072426079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Belgrade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agriculture, Conservation and Forestry|Veterans and Legal Affairs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sheila Lyman</x:t>
+  </x:si>
+  <x:si>
     <x:t>Franklin</x:t>
-  </x:si>
-[...385 lines deleted...]
-    <x:t>Sheila Lyman</x:t>
   </x:si>
   <x:si>
     <x:t>Sheila.Lyman@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2073200588</x:t>
   </x:si>
   <x:si>
     <x:t>Livermore Falls</x:t>
   </x:si>
   <x:si>
     <x:t>(Ranking) Education and Cultural Affairs</x:t>
   </x:si>
   <x:si>
     <x:t>Shelley Rudnicki</x:t>
   </x:si>
   <x:si>
     <x:t>Shelley.Rudnicki@legislature.maine.gov</x:t>
   </x:si>
   <x:si>
     <x:t>2073146898</x:t>
   </x:si>
   <x:si>
     <x:t>Fairfield</x:t>
   </x:si>
@@ -2469,51 +2475,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:L150"/>
+  <x:dimension ref="A1:L151"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="12.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="7.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="4.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="17.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="4.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="3.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="23.853482" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="89.567768" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
@@ -2728,545 +2734,545 @@
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12">
       <x:c r="A7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E7" s="0">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12">
       <x:c r="A8" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E8" s="0">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L8" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12">
       <x:c r="A9" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E9" s="0">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12">
       <x:c r="A10" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E10" s="0">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K10" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L10" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12">
       <x:c r="A11" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E11" s="0">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12">
       <x:c r="A12" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E12" s="0">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L12" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12">
       <x:c r="A13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E13" s="0">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12">
       <x:c r="A14" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E14" s="0">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12">
       <x:c r="A15" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E15" s="0">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12">
       <x:c r="A16" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C16" s="0">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E16" s="0">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12">
       <x:c r="A17" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E17" s="0">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12">
       <x:c r="A18" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E18" s="0">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L18" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12">
       <x:c r="A19" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E19" s="0">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12">
       <x:c r="A20" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E20" s="0">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L20" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -3374,203 +3380,203 @@
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12">
       <x:c r="A24" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="0">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L24" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12">
       <x:c r="A25" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E25" s="0">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12">
       <x:c r="A26" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E26" s="0">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L26" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12">
       <x:c r="A27" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E27" s="0">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12">
       <x:c r="A28" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E28" s="0">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L28" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -3602,89 +3608,89 @@
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12">
       <x:c r="A30" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E30" s="0">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12">
       <x:c r="A31" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E31" s="0">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -3830,51 +3836,51 @@
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12">
       <x:c r="A36" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C36" s="0">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E36" s="0">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L36" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -3906,75 +3912,75 @@
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12">
       <x:c r="A38" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E38" s="0">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L38" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12">
       <x:c r="A39" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E39" s="0">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
@@ -3982,127 +3988,127 @@
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12">
       <x:c r="A40" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E40" s="0">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L40" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12">
       <x:c r="A41" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C41" s="0">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E41" s="0">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12">
       <x:c r="A42" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C42" s="0">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E42" s="0">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -4210,291 +4216,291 @@
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12">
       <x:c r="A46" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E46" s="0">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12">
       <x:c r="A47" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E47" s="0">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12">
       <x:c r="A48" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E48" s="0">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L48" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12">
       <x:c r="A49" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E49" s="0">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12">
       <x:c r="A50" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E50" s="0">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L50" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12">
       <x:c r="A51" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C51" s="0">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E51" s="0">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12">
       <x:c r="A52" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C52" s="0">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E52" s="0">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L52" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12">
       <x:c r="A53" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C53" s="0">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
@@ -4552,127 +4558,127 @@
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L54" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12">
       <x:c r="A55" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C55" s="0">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E55" s="0">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12">
       <x:c r="A56" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C56" s="0">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E56" s="0">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L56" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12">
       <x:c r="A57" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C57" s="0">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E57" s="0">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -4742,51 +4748,51 @@
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12">
       <x:c r="A60" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C60" s="0">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E60" s="0">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L60" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -4818,51 +4824,51 @@
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12">
       <x:c r="A62" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C62" s="0">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E62" s="0">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L62" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -4932,89 +4938,89 @@
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L64" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12">
       <x:c r="A65" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C65" s="0">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E65" s="0">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12">
       <x:c r="A66" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C66" s="0">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E66" s="0">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L66" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -5032,65 +5038,65 @@
       <x:c r="D67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E67" s="0">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12">
       <x:c r="A68" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C68" s="0">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E68" s="0">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L68" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
@@ -5108,153 +5114,153 @@
       <x:c r="D69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E69" s="0">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12">
       <x:c r="A70" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C70" s="0">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E70" s="0">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L70" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12">
       <x:c r="A71" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C71" s="0">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E71" s="0">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12">
       <x:c r="A72" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C72" s="0">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E72" s="0">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L72" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12">
       <x:c r="A73" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C73" s="0">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
@@ -5298,2939 +5304,2977 @@
       <x:c r="D74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E74" s="0">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L74" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12">
       <x:c r="A75" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C75" s="0">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E75" s="0">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12">
       <x:c r="A76" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C76" s="0">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E76" s="0">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L76" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12">
       <x:c r="A77" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C77" s="0">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E77" s="0">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12">
       <x:c r="A78" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C78" s="0">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E78" s="0">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="G78" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="G78" s="0" t="s">
+      <x:c r="H78" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="H78" s="0" t="s">
+      <x:c r="I78" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J78" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K78" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L78" s="0" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12">
       <x:c r="A79" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C79" s="0">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E79" s="0">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="G79" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="G79" s="0" t="s">
+      <x:c r="H79" s="0" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12">
       <x:c r="A80" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C80" s="0">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E80" s="0">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="G80" s="0" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L80" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12">
       <x:c r="A81" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C81" s="0">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E81" s="0">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G81" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="G81" s="0" t="s">
+      <x:c r="H81" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="H81" s="0" t="s">
+      <x:c r="I81" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J81" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K81" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L81" s="0" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12">
       <x:c r="A82" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C82" s="0">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E82" s="0">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="G82" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="G82" s="0" t="s">
+      <x:c r="H82" s="0" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L82" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12">
       <x:c r="A83" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C83" s="0">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E83" s="0">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="G83" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="G83" s="0" t="s">
+      <x:c r="H83" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="H83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12">
       <x:c r="A84" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C84" s="0">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E84" s="0">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="G84" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="G84" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H84" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L84" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12">
       <x:c r="A85" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C85" s="0">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E85" s="0">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="G85" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="G85" s="0" t="s">
+      <x:c r="H85" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="H85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12">
       <x:c r="A86" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C86" s="0">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E86" s="0">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="G86" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="G86" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H86" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L86" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12">
       <x:c r="A87" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C87" s="0">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E87" s="0">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G87" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="G87" s="0" t="s">
+      <x:c r="H87" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="H87" s="0" t="s">
+      <x:c r="I87" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J87" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K87" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L87" s="0" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12">
       <x:c r="A88" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C88" s="0">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E88" s="0">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="G88" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="G88" s="0" t="s">
+      <x:c r="H88" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="H88" s="0" t="s">
+      <x:c r="I88" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J88" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K88" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L88" s="0" t="s">
         <x:v>421</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12">
       <x:c r="A89" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C89" s="0">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E89" s="0">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="L89" s="0" t="s">
         <x:v>425</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12">
       <x:c r="A90" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C90" s="0">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E90" s="0">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="G90" s="0" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L90" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12">
       <x:c r="A91" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C91" s="0">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E91" s="0">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="G91" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="G91" s="0" t="s">
+      <x:c r="H91" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="H91" s="0" t="s">
+      <x:c r="I91" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J91" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K91" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L91" s="0" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12">
       <x:c r="A92" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C92" s="0">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E92" s="0">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="G92" s="0" t="s">
         <x:v>436</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>437</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L92" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12">
       <x:c r="A93" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C93" s="0">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E93" s="0">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="G93" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="G93" s="0" t="s">
+      <x:c r="H93" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="H93" s="0" t="s">
+      <x:c r="I93" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K93" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L93" s="0" t="s">
         <x:v>442</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12">
       <x:c r="A94" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C94" s="0">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E94" s="0">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="G94" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="G94" s="0" t="s">
+      <x:c r="H94" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="H94" s="0" t="s">
+      <x:c r="I94" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J94" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K94" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L94" s="0" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12">
       <x:c r="A95" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C95" s="0">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E95" s="0">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="G95" s="0" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="G95" s="0" t="s">
+      <x:c r="I95" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K95" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L95" s="0" t="s">
         <x:v>452</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12">
       <x:c r="A96" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C96" s="0">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E96" s="0">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L96" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12">
       <x:c r="A97" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C97" s="0">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E97" s="0">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="G97" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="G97" s="0" t="s">
+      <x:c r="I97" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K97" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L97" s="0" t="s">
         <x:v>461</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12">
       <x:c r="A98" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C98" s="0">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E98" s="0">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="G98" s="0" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="H98" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="G98" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L98" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12">
       <x:c r="A99" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C99" s="0">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E99" s="0">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12">
       <x:c r="A100" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C100" s="0">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E100" s="0">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="G100" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="H100" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="I100" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J100" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K100" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L100" s="0" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12">
       <x:c r="A101" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C101" s="0">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E101" s="0">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="G101" s="0" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
         <x:v>477</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>479</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12">
       <x:c r="A102" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C102" s="0">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E102" s="0">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="G102" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="H102" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="G102" s="0" t="s">
+      <x:c r="I102" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J102" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K102" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L102" s="0" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12">
       <x:c r="A103" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C103" s="0">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E103" s="0">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12">
       <x:c r="A104" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C104" s="0">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E104" s="0">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="G104" s="0" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="H104" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="G104" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L104" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12">
       <x:c r="A105" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C105" s="0">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E105" s="0">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="G105" s="0" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
         <x:v>494</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>496</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12">
       <x:c r="A106" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C106" s="0">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E106" s="0">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L106" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12">
       <x:c r="A107" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C107" s="0">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E107" s="0">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12">
       <x:c r="A108" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C108" s="0">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E108" s="0">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="G108" s="0" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="H108" s="0" t="s">
         <x:v>504</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L108" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12">
       <x:c r="A109" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C109" s="0">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="E109" s="0">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="G109" s="0" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>510</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12">
       <x:c r="A110" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C110" s="0">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E110" s="0">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="G110" s="0" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="H110" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="G110" s="0" t="s">
+      <x:c r="I110" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J110" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K110" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L110" s="0" t="s">
         <x:v>513</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12">
       <x:c r="A111" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C111" s="0">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E111" s="0">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="G111" s="0" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>519</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12">
       <x:c r="A112" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C112" s="0">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E112" s="0">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="G112" s="0" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="H112" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="G112" s="0" t="s">
+      <x:c r="I112" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J112" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K112" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L112" s="0" t="s">
         <x:v>522</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12">
       <x:c r="A113" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C113" s="0">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E113" s="0">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="G113" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="G113" s="0" t="s">
+      <x:c r="I113" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K113" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L113" s="0" t="s">
         <x:v>527</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12">
       <x:c r="A114" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C114" s="0">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E114" s="0">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="G114" s="0" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="H114" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="G114" s="0" t="s">
+      <x:c r="I114" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J114" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K114" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L114" s="0" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12">
       <x:c r="A115" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C115" s="0">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E115" s="0">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="G115" s="0" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="G115" s="0" t="s">
+      <x:c r="I115" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K115" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L115" s="0" t="s">
         <x:v>537</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12">
       <x:c r="A116" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C116" s="0">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E116" s="0">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="G116" s="0" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="H116" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="G116" s="0" t="s">
+      <x:c r="I116" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J116" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K116" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L116" s="0" t="s">
         <x:v>542</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12">
       <x:c r="A117" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C117" s="0">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E117" s="0">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="G117" s="0" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
         <x:v>546</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12">
       <x:c r="A118" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C118" s="0">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E118" s="0">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="G118" s="0" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="H118" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="G118" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L118" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12">
       <x:c r="A119" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C119" s="0">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E119" s="0">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="G119" s="0" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="G119" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12">
       <x:c r="A120" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C120" s="0">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E120" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="G120" s="0" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="H120" s="0" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="I120" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J120" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K120" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="G120" s="0" t="s">
+      <x:c r="L120" s="0" t="s">
         <x:v>559</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12">
       <x:c r="A121" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C121" s="0">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="E121" s="0">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="G121" s="0" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="G121" s="0" t="s">
+      <x:c r="I121" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J121" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K121" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L121" s="0" t="s">
         <x:v>564</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12">
       <x:c r="A122" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C122" s="0">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E122" s="0">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L122" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12">
       <x:c r="A123" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>24</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>10</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12">
       <x:c r="A124" s="0" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F124" s="0" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="G124" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="B124" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H124" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L124" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12">
       <x:c r="A125" s="0" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F125" s="0" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="G125" s="0" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="I125" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K125" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L125" s="0" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12">
       <x:c r="A126" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>79</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="G126" s="0" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="H126" s="0" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="I126" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J126" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K126" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L126" s="0" t="s">
         <x:v>585</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12">
       <x:c r="A127" s="0" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="G127" s="0" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="B127" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F127" s="0" t="s">
+      <x:c r="I127" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J127" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K127" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L127" s="0" t="s">
         <x:v>590</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12">
       <x:c r="A128" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>75</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>77</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="G128" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="G128" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H128" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L128" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12">
       <x:c r="A129" s="0" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D129" s="0" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F129" s="0" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="G129" s="0" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="B129" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F129" s="0" t="s">
+      <x:c r="I129" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J129" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K129" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L129" s="0" t="s">
         <x:v>598</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12">
       <x:c r="A130" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>17</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="G130" s="0" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="H130" s="0" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="I130" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J130" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K130" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L130" s="0" t="s">
         <x:v>603</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12">
       <x:c r="A131" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>32</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>129</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="G131" s="0" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="G131" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12">
       <x:c r="A132" s="0" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F132" s="0" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="G132" s="0" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="H132" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="B132" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F132" s="0" t="s">
+      <x:c r="I132" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J132" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K132" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L132" s="0" t="s">
         <x:v>612</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12">
       <x:c r="A133" s="0" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F133" s="0" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="G133" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="B133" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F133" s="0" t="s">
+      <x:c r="H133" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="I133" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J133" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K133" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L133" s="0" t="s">
         <x:v>616</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12">
       <x:c r="A134" s="0" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F134" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G134" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="B134" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F134" s="0" t="s">
+      <x:c r="H134" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="G134" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L134" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12">
       <x:c r="A135" s="0" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D135" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="G135" s="0" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="B135" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F135" s="0" t="s">
+      <x:c r="I135" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J135" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K135" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L135" s="0" t="s">
         <x:v>625</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12">
       <x:c r="A136" s="0" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D136" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F136" s="0" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="G136" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="B136" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F136" s="0" t="s">
+      <x:c r="H136" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="G136" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L136" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12">
       <x:c r="A137" s="0" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F137" s="0" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="G137" s="0" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="B137" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F137" s="0" t="s">
+      <x:c r="I137" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J137" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K137" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L137" s="0" t="s">
         <x:v>634</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12">
       <x:c r="A138" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>4</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>110</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="G138" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="H138" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="G138" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L138" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12">
       <x:c r="A139" s="0" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D139" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F139" s="0" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="G139" s="0" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="B139" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F139" s="0" t="s">
+      <x:c r="I139" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J139" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K139" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L139" s="0" t="s">
         <x:v>643</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12">
       <x:c r="A140" s="0" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D140" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F140" s="0" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="G140" s="0" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="H140" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="B140" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F140" s="0" t="s">
+      <x:c r="I140" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J140" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K140" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L140" s="0" t="s">
         <x:v>648</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12">
       <x:c r="A141" s="0" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D141" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F141" s="0" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="G141" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="B141" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F141" s="0" t="s">
+      <x:c r="H141" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="G141" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12">
       <x:c r="A142" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>68</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="G142" s="0" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="H142" s="0" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="I142" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J142" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K142" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L142" s="0" t="s">
         <x:v>657</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12">
       <x:c r="A143" s="0" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D143" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F143" s="0" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="G143" s="0" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="B143" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F143" s="0" t="s">
+      <x:c r="I143" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J143" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K143" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L143" s="0" t="s">
         <x:v>662</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12">
       <x:c r="A144" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D144" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="F144" s="0" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="G144" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="B144" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F144" s="0" t="s">
+      <x:c r="H144" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="I144" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J144" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K144" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L144" s="0" t="s">
         <x:v>666</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12">
       <x:c r="A145" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>47</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="G145" s="0" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="I145" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J145" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K145" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L145" s="0" t="s">
         <x:v>670</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12">
       <x:c r="A146" s="0" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D146" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F146" s="0" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="G146" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="H146" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="B146" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F146" s="0" t="s">
+      <x:c r="I146" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J146" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K146" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L146" s="0" t="s">
         <x:v>675</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12">
       <x:c r="A147" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D147" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F147" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="G147" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="B147" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F147" s="0" t="s">
+      <x:c r="I147" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J147" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K147" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L147" s="0" t="s">
         <x:v>680</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>682</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12">
       <x:c r="A148" s="0" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D148" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F148" s="0" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="G148" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
-      <x:c r="B148" s="0" t="s">
+      <x:c r="H148" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="I148" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J148" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K148" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L148" s="0" t="s">
         <x:v>684</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12">
       <x:c r="A149" s="0" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D149" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F149" s="0" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="G149" s="0" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="B149" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="F149" s="0" t="s">
+      <x:c r="I149" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J149" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K149" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L149" s="0" t="s">
         <x:v>690</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12">
       <x:c r="A150" s="0" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D150" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F150" s="0" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="G150" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
-      <x:c r="B150" s="0" t="s">
+      <x:c r="H150" s="0" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="I150" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J150" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K150" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L150" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:12">
+      <x:c r="A151" s="0" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="C150" s="0">
+      <x:c r="C151" s="0">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D150" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E150" s="0">
+      <x:c r="D151" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="F150" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="H150" s="0" t="s">
+      <x:c r="F151" s="0" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="G151" s="0" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="I150" s="0" t="s">
-[...9 lines deleted...]
-        <x:v>99</x:v>
+      <x:c r="I151" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J151" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K151" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L151" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Active Members</vt:lpstr>
       <vt:lpstr>Active Members!Print_Area</vt:lpstr>
       <vt:lpstr>Active Members!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>